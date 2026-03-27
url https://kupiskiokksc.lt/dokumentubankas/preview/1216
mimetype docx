--- v0 (2025-12-05)
+++ v1 (2026-03-27)
@@ -1,48 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00EC649E" w:rsidRDefault="00935E77" w:rsidP="00935E77">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935E77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kupiškio r. kūno kultūros ir sporto centro darbuotojų vidutinis mėnesinis nustatytasis (pa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -622,60 +621,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3071,43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00692DF7" w:rsidRPr="00935E77" w:rsidRDefault="00692DF7" w:rsidP="00935E77">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00692DF7" w:rsidRPr="00935E77" w:rsidRDefault="00590A56" w:rsidP="00935E77">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2994,43</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00935E77" w:rsidTr="00935E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sporto mokytojai</w:t>
@@ -760,60 +767,68 @@
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="0023484E" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2185,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00590A56" w:rsidP="00935E77">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2312,85</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00935E77" w:rsidTr="00935E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sporto instruktoriai</w:t>
@@ -898,60 +913,68 @@
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="0023484E" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>657,92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00590A56" w:rsidP="00935E77">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>686,04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00935E77" w:rsidTr="00935E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aptarnaujantis personalas</w:t>
@@ -1036,321 +1059,581 @@
           </w:tcPr>
           <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="0023484E" w:rsidP="00935E77">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>779,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00590A56" w:rsidP="00935E77">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>904,</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidRDefault="00935E77" w:rsidP="00935E77">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00935E77" w:rsidRPr="00935E77" w:rsidSect="00935E77">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00935E77"/>
     <w:rsid w:val="0023484E"/>
     <w:rsid w:val="00264FF5"/>
     <w:rsid w:val="002D3DE9"/>
     <w:rsid w:val="00366618"/>
     <w:rsid w:val="00580133"/>
+    <w:rsid w:val="00590A56"/>
     <w:rsid w:val="00692DF7"/>
     <w:rsid w:val="007D65DD"/>
     <w:rsid w:val="00935E77"/>
     <w:rsid w:val="0095559D"/>
     <w:rsid w:val="00C80EE3"/>
     <w:rsid w:val="00EC649E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="48ECD668"/>
+  <w15:docId w15:val="{081CF9B2-2ADD-4053-AA89-F3B27977794B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0095559D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="1247"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -1364,277 +1647,93 @@
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00935E77"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-</w:styles>
-[...175 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00590A56"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
-    <w:name w:val="No List"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
+    <w:name w:val="Debesėlio tekstas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...18 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00590A56"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1881,65 +1980,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>328</Words>
-  <Characters>187</Characters>
+  <Words>344</Words>
+  <Characters>197</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kupiškio r. Kūno kultūros ir sporto centras</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>514</CharactersWithSpaces>
+  <CharactersWithSpaces>540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>A</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>